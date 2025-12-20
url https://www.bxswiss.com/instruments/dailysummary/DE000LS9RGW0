--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc87095adc8204046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb62ae6e5da140f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3976de0951934235"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f14689cdb764dc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc528ac06900b46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3976de0951934235" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27dc98f1c4bd46f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f14689cdb764dc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Dogs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>221,411</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>