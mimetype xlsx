--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb62ae6e5da140f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0e9fac6a0304cb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f14689cdb764dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b058d5283b24987"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27dc98f1c4bd46f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f14689cdb764dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf0164436794e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b058d5283b24987" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Dogs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>244,401</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>244,154</x:t>
-[...328 lines deleted...]
-          <x:t>246,289</x:t>
+          <x:t>245,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>