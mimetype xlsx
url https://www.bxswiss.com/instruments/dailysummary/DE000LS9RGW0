--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0e9fac6a0304cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7ab9a400c924f61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b058d5283b24987"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d3a6078c4f4464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf0164436794e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b058d5283b24987" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R701d08cbb2cc4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d3a6078c4f4464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Dogs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>254,175</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>