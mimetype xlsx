--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7ab9a400c924f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra50f2767da804f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d3a6078c4f4464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dacc6db311b4eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R701d08cbb2cc4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d3a6078c4f4464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db6e677a3714708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dacc6db311b4eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Dogs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>258,626</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>256,180</x:t>
-[...463 lines deleted...]
-          <x:t>255,105</x:t>
+          <x:t>260,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>