--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccd368380feb4fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e153e59f3446ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2279bb71b34eee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafeb8e2e9d7142c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re934c4fe5e8d4e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2279bb71b34eee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a9005cbdc4a43a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafeb8e2e9d7142c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>auf lange Sicht investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>