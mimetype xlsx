--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e153e59f3446ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9cf3133ad64b99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafeb8e2e9d7142c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R420d4b335ca34fa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a9005cbdc4a43a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafeb8e2e9d7142c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c253841635f4970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R420d4b335ca34fa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>auf lange Sicht investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>212,565</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>