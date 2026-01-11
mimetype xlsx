--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9cf3133ad64b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3f3ff18a144dd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R420d4b335ca34fa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R728feb81ba354508"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c253841635f4970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R420d4b335ca34fa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9752fdb26b54c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R728feb81ba354508" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>auf lange Sicht investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>