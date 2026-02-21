--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3f3ff18a144dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04965b6bd0a46a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R728feb81ba354508"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd771130c9c044ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9752fdb26b54c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R728feb81ba354508" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3165c35343d476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd771130c9c044ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>auf lange Sicht investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>199,285</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,144</x:t>
-[...215 lines deleted...]
-          <x:t>201,526</x:t>
+          <x:t>195,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>