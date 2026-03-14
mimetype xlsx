--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04965b6bd0a46a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6610c98f78a046c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd771130c9c044ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec9c8100c5c543a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3165c35343d476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd771130c9c044ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb417f3eb2c6418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec9c8100c5c543a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>auf lange Sicht investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>