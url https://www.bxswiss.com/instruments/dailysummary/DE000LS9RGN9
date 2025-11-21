--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96a074a53d6c44b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda8e566db0f44678" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb417f03b442540a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f0dcd2f6f045ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R634426485b5c4a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb417f03b442540a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08baf9161fd4327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f0dcd2f6f045ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologie und  Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,765</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>