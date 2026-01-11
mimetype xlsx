--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda8e566db0f44678" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42027909647c408f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f0dcd2f6f045ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0061e0b18f04702"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08baf9161fd4327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f0dcd2f6f045ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef1c694b6744abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0061e0b18f04702" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologie und  Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>108,778</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,276</x:t>
-[...308 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,249</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>109,077</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>