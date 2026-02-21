--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42027909647c408f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ec8c4f56155445d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0061e0b18f04702"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8301186ed6c8429c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef1c694b6744abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0061e0b18f04702" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a69563e4d374b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8301186ed6c8429c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologie und  Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,313</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>