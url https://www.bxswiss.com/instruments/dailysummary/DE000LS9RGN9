--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ec8c4f56155445d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe9c3ca50d5741d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8301186ed6c8429c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54ec6a05355a4f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a69563e4d374b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8301186ed6c8429c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c572c8e8f154bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54ec6a05355a4f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologie und  Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>