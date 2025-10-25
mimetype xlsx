--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42c323ab92764f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R246b8f4de1d74bf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9a4b108f7da40e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e5d05fb1414ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e40a1ab0f9a449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9a4b108f7da40e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6125133568f433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e5d05fb1414ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Energiewende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,975</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>56,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,385</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>