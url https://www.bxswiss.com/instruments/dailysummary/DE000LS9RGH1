--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R246b8f4de1d74bf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red02083bd46d470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e5d05fb1414ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re708c6a2c21d4bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6125133568f433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e5d05fb1414ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81debb217ccc4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re708c6a2c21d4bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Energiewende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>