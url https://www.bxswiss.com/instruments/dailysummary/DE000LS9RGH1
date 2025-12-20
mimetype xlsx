--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red02083bd46d470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3573bb5798a449d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re708c6a2c21d4bbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6ada740dc54cbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81debb217ccc4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re708c6a2c21d4bbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6556b28d99e2402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6ada740dc54cbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Energiewende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>69,939</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>