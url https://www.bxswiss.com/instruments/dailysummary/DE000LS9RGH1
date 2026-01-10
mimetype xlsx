--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3573bb5798a449d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R958db96c9b5c4054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6ada740dc54cbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re438fd4d99ae40cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6556b28d99e2402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6ada740dc54cbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68466d9909b94808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re438fd4d99ae40cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Energiewende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>