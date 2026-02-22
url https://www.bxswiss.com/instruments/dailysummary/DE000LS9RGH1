--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R958db96c9b5c4054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65df541657ce41a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re438fd4d99ae40cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4ce71ceaa024c3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68466d9909b94808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re438fd4d99ae40cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602a46ff7bf64f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4ce71ceaa024c3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Energiewende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>64,667</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>