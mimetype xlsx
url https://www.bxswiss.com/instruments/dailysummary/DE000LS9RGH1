--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65df541657ce41a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dee7fa788f94576" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4ce71ceaa024c3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51e9feff8e474580"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602a46ff7bf64f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4ce71ceaa024c3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7e240f1470b47fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51e9feff8e474580" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Photovoltaik-Energiewende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>