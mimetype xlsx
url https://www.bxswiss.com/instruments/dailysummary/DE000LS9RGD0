--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47738e1f4c94499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra622f138aa8445af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55543c0952fa4fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61e8bafe439a44e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f8fbba5b3944e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55543c0952fa4fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a08a530a8947e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61e8bafe439a44e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>75,431</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>