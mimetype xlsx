--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra622f138aa8445af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b385652220a4289" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61e8bafe439a44e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a2809ca1d9f495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a08a530a8947e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61e8bafe439a44e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1af050e2130425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a2809ca1d9f495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>67,972</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,017</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>67,059</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>