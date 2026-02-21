--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b385652220a4289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ff51c6b60f4493" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a2809ca1d9f495e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f0824fb2aa454a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1af050e2130425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a2809ca1d9f495e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a10be14bc914fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f0824fb2aa454a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>65,809</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,428</x:t>
-[...43 lines deleted...]
-          <x:t>65,710</x:t>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,661</x:t>
-[...269 lines deleted...]
-          <x:t>68,479</x:t>
+          <x:t>64,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>