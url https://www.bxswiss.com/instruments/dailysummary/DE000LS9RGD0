--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ff51c6b60f4493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f54e4ec95244ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f0824fb2aa454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb61f54ce9c04bb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a10be14bc914fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f0824fb2aa454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d993011d214f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb61f54ce9c04bb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>