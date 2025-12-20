--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb56921c0fb4044" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67318904134c4855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6cf49ff3b9a4bee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e9756bd62e4827"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb74e79007544a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6cf49ff3b9a4bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00fb4e6d91d4938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e9756bd62e4827" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trends Investment Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>116,129</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,767</x:t>
-[...399 lines deleted...]
-          <x:t>119,138</x:t>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,873</x:t>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>