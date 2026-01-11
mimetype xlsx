--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67318904134c4855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7ac56ca3684e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e9756bd62e4827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90a944a3aca34784"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00fb4e6d91d4938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e9756bd62e4827" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31206aa726e1434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90a944a3aca34784" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trends Investment Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>118,243</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,909</x:t>
-[...377 lines deleted...]
-          <x:t>116,971</x:t>
+          <x:t>117,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>