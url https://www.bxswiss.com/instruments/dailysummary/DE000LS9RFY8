--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7ac56ca3684e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e07ef3095884be2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90a944a3aca34784"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a078af21e424c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31206aa726e1434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90a944a3aca34784" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55f4e04e32924b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a078af21e424c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trends Investment Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,469</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>