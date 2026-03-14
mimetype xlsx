--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e07ef3095884be2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R309a69ffb69541e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a078af21e424c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re088e9f6f9774d40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55f4e04e32924b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a078af21e424c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93620c3b981e4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re088e9f6f9774d40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trends Investment Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>