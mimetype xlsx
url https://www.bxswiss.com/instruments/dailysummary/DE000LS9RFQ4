--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af6142fff4e43fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7361273daa44234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630286c7cba94392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92cf0f2a1cec4cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7054134cf5b04b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630286c7cba94392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937d4084650c49bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92cf0f2a1cec4cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>88,720</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,768</x:t>
-[...225 lines deleted...]
-          <x:t>88,822</x:t>
+          <x:t>87,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>