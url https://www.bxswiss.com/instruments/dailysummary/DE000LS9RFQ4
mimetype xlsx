--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7361273daa44234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4aa318beb864020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92cf0f2a1cec4cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2207fe9fae154ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937d4084650c49bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92cf0f2a1cec4cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3727fe685f4b49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2207fe9fae154ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,969</x:t>
-[...296 lines deleted...]
-          <x:t>87,198</x:t>
+          <x:t>86,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,809</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>87,376</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>