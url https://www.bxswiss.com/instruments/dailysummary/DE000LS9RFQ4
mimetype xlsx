--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4aa318beb864020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7d7abf2e0743b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2207fe9fae154ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f60f523b8654e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3727fe685f4b49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2207fe9fae154ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71112432bed1460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f60f523b8654e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>87,115</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>