--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7d7abf2e0743b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4af8bff87fa4d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f60f523b8654e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ccc03950dd34c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71112432bed1460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f60f523b8654e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775acac9b4394ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ccc03950dd34c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>91,967</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>