--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4af8bff87fa4d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra347ad6b9443429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ccc03950dd34c94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a4fb4adfaf84af0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775acac9b4394ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ccc03950dd34c94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec31d7bdeee8402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a4fb4adfaf84af0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>