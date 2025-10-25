--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a30d2df4dd2422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf733d05d6ee4eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055330fdd4be4400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22de29a4e57a4387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdd5dfcaa0f24837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055330fdd4be4400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd60ab1616cc54939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22de29a4e57a4387" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktives Investment mit Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>89,790</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,876</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>93,779</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>