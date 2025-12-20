--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf733d05d6ee4eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f7ad522f27441fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22de29a4e57a4387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ee32cc64684ff2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd60ab1616cc54939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22de29a4e57a4387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7659f04d55fe4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ee32cc64684ff2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktives Investment mit Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,101</x:t>
-[...252 lines deleted...]
-          <x:t>90,816</x:t>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>