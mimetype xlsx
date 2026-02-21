--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f7ad522f27441fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf2159e48b14fb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ee32cc64684ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R071ca6ed8b224eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7659f04d55fe4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ee32cc64684ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9deef701254a439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R071ca6ed8b224eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktives Investment mit Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,630</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>