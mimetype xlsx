--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf2159e48b14fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R750220d87373411e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R071ca6ed8b224eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6243fbf5342e411d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9deef701254a439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R071ca6ed8b224eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dcab3bb3966476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6243fbf5342e411d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktives Investment mit Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>