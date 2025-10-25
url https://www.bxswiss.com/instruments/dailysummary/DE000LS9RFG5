--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d4e7dbdde73479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dcf4a0ddfd04d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b75f4eafb8b4d37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b7697b7b1a4462"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e62ce189124a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b75f4eafb8b4d37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb82419581db46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b7697b7b1a4462" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST GLOBAL E-COMMERCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>