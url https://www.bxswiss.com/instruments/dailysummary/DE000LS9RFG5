--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dcf4a0ddfd04d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7153a797db0244f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b7697b7b1a4462"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf961ef3680bd40be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb82419581db46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b7697b7b1a4462" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c9c82e196845a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf961ef3680bd40be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST GLOBAL E-COMMERCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>70,685</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>