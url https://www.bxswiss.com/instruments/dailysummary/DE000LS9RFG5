--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7153a797db0244f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9cb5e922f84eef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf961ef3680bd40be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0732060fc0474c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c9c82e196845a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf961ef3680bd40be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa97894dd8b44150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0732060fc0474c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST GLOBAL E-COMMERCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>69,263</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>