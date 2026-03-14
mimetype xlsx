--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9cb5e922f84eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refc3de444de54d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0732060fc0474c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbebf684d1f264968"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa97894dd8b44150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0732060fc0474c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48585ba1b947449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbebf684d1f264968" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST GLOBAL E-COMMERCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,401</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>59,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,483</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>57,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,616</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>