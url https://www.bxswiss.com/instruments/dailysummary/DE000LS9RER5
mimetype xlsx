--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd293c058575419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2502bc117c342d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6823a99de60444e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c8b2c17659f4484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a4dbb93dfb444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6823a99de60444e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73dde6cd9cb24472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c8b2c17659f4484" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Medical Care u. Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RER5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,794</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>87,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,198</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>