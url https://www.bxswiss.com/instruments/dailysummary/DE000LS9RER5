--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2502bc117c342d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf98ba51fc0142e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c8b2c17659f4484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc02de5c028864d44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73dde6cd9cb24472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c8b2c17659f4484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37193f7bd2bd46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc02de5c028864d44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Medical Care u. Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RER5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,633</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>