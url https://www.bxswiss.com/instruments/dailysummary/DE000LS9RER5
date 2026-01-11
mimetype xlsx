--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf98ba51fc0142e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7dbac0ac6d04db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc02de5c028864d44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d2e3a661ab4c88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37193f7bd2bd46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc02de5c028864d44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792cce4b9b5b4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d2e3a661ab4c88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Medical Care u. Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RER5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>