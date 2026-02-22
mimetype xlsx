--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7dbac0ac6d04db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe94b3203f234737" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d2e3a661ab4c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e18b419079b4c4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792cce4b9b5b4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d2e3a661ab4c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc67a012ee3d04062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e18b419079b4c4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Medical Care u. Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RER5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>91,599</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,912</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>95,501</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>