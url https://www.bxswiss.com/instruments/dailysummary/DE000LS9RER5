--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe94b3203f234737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b27e929e7f0434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e18b419079b4c4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa67bed700934c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc67a012ee3d04062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e18b419079b4c4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab9a0d92fd554564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa67bed700934c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Medical Care u. Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RER5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>86,169</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>86,201</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,179</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>