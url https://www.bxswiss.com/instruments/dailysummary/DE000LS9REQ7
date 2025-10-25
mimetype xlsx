--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d7809a15b6d4efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41127f7786064c4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re11fd1e2dd09444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re43113f6a97d45cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2098285a124ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re11fd1e2dd09444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe0314aaf2047fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re43113f6a97d45cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit Global Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>127,821</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,620</x:t>
-[...178 lines deleted...]
-          <x:t>127,587</x:t>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,415</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>128,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,852</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>