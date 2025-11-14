--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41127f7786064c4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322fef096d3d4915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re43113f6a97d45cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d5d425f6a414bc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe0314aaf2047fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re43113f6a97d45cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26931ef014974702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d5d425f6a414bc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit Global Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>127,583</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,395</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>127,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,895</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>