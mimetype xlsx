--- v2 (2025-11-14)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322fef096d3d4915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11aaf7eaf7bf4b65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d5d425f6a414bc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7eb35d6cfc4619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26931ef014974702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d5d425f6a414bc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f94ff0500614e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7eb35d6cfc4619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit Global Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,999</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>