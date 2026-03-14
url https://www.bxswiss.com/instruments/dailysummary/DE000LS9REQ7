--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11aaf7eaf7bf4b65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea6943c202e4d59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7eb35d6cfc4619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d04d3c083b4a4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f94ff0500614e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7eb35d6cfc4619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1ed543f5a314806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d04d3c083b4a4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit Global Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>