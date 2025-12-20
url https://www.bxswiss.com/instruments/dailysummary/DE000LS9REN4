--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7cf6519ad3498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2971da4d5d5c4a5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404281ef198642dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0225ccb4130f4e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd062260cb7d94254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404281ef198642dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e675b1c4eab4a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0225ccb4130f4e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL QUALITY STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>121,496</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>