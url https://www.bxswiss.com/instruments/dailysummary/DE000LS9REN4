--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2971da4d5d5c4a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d550e218dc4b4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0225ccb4130f4e44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref809883787e4476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e675b1c4eab4a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0225ccb4130f4e44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe0a3ab5b59461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref809883787e4476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL QUALITY STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>