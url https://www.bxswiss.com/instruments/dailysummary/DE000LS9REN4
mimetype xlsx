--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d550e218dc4b4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225fee189a7d40ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref809883787e4476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5737cf79ecb413d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe0a3ab5b59461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref809883787e4476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3841285747c24d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5737cf79ecb413d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL QUALITY STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,692</x:t>
-[...171 lines deleted...]
-          <x:t>126,489</x:t>
+          <x:t>123,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>