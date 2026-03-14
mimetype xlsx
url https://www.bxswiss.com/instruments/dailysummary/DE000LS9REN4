--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225fee189a7d40ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re437d9a2f9104f3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5737cf79ecb413d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab6e03ad4be408a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3841285747c24d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5737cf79ecb413d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde73ba0612d542f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab6e03ad4be408a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL QUALITY STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>