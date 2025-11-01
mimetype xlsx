--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339d3298458f47cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb02f4a0395884689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a3a5414c3634591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R972465032a8b4f86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b1c483c1cd4319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a3a5414c3634591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd595868bf9de4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R972465032a8b4f86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nasdaq Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>