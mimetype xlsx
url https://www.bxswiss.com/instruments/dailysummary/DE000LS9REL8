--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb02f4a0395884689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R270c5143ec8a4890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R972465032a8b4f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf271a710262f4a4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd595868bf9de4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R972465032a8b4f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c02681da80403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf271a710262f4a4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nasdaq Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>