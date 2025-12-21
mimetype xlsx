--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R270c5143ec8a4890" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfdd8926e5d94e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf271a710262f4a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dd008c2ed2446a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c02681da80403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf271a710262f4a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1981d0fdbe64aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dd008c2ed2446a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nasdaq Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>