--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfdd8926e5d94e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728220bef8294d2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dd008c2ed2446a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97dca468c3be480d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1981d0fdbe64aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dd008c2ed2446a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e33ef8766344502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97dca468c3be480d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nasdaq Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>