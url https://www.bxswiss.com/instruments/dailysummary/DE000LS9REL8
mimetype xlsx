--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728220bef8294d2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R269c7509205d4eb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97dca468c3be480d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d5bb21468a4878"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e33ef8766344502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97dca468c3be480d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e313f37177645fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d5bb21468a4878" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nasdaq Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,497</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>