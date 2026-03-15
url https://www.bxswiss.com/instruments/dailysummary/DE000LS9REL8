--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R269c7509205d4eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92466850f8734984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d5bb21468a4878"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc24445071ac4c03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e313f37177645fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d5bb21468a4878" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebceef6911784af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc24445071ac4c03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nasdaq Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,922</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>143,508</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>