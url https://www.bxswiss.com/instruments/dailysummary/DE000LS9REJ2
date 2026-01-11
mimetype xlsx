--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7012908152384ff1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd768a5be2e074b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb7a8d8c447423a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27e5e9b068424447"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ab5ff8b30fa4770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb7a8d8c447423a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524f756a953d4cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27e5e9b068424447" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Investment Ideas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>73,759</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>