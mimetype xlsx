--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd768a5be2e074b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf992be6134554fc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27e5e9b068424447"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R675f9ab7bee54b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524f756a953d4cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27e5e9b068424447" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb28b97aa4bb4438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R675f9ab7bee54b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Investment Ideas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>68,941</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,337</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>71,102</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>