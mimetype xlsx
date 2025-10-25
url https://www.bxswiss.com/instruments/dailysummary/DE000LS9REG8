--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59838e075e714a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dbb4e661a3845ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e3b7aa6d634bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e55dd3a8e7d43a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf9ce27396c4a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e3b7aa6d634bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d069cd93ca4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e55dd3a8e7d43a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technische Fundamentalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>