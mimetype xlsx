--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dbb4e661a3845ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df7dc1ad55f45a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e55dd3a8e7d43a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41fa30fd32a9461a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d069cd93ca4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e55dd3a8e7d43a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R721f38afd8e84359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41fa30fd32a9461a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technische Fundamentalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,713</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>