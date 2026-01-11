--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df7dc1ad55f45a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f942dcce29465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41fa30fd32a9461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re203bd5f94124829"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R721f38afd8e84359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41fa30fd32a9461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02151a6767394909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re203bd5f94124829" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technische Fundamentalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>175,817</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,351</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>175,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,174</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>