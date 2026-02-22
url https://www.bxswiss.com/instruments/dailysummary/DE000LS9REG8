--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f942dcce29465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ef744da0ec4290" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re203bd5f94124829"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfaabf1e23764d85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02151a6767394909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re203bd5f94124829" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d89df1ebe40420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfaabf1e23764d85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technische Fundamentalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>183,114</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>