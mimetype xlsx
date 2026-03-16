--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ef744da0ec4290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47737a6611b34fce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfaabf1e23764d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84579fb0ab944fb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d89df1ebe40420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfaabf1e23764d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2e1b2100930416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84579fb0ab944fb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technische Fundamentalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>