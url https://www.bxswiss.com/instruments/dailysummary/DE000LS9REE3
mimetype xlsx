--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8c7f2ea2314b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra920de65814842b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31c5366095074224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b86192db674d16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2f57f1f24674f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31c5366095074224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43adf32bda254193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b86192db674d16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuMont Alphabet-US Market </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>