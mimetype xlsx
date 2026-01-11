--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra920de65814842b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085560600ce84576" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b86192db674d16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a188cb84c14066"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43adf32bda254193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b86192db674d16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7403f1c7da4b45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a188cb84c14066" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuMont Alphabet-US Market </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,155</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>