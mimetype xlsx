--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085560600ce84576" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0080e04822c84de5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a188cb84c14066"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5994d39fea14795"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7403f1c7da4b45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a188cb84c14066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd21678da42204e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5994d39fea14795" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuMont Alphabet-US Market </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>134,274</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,542</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>132,721</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,623</x:t>
-[...242 lines deleted...]
-          <x:t>134,886</x:t>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>