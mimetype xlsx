--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd27e323a188a48da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c74cbdd12984ee9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f90820acab44637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a00726ed7b4bb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1098ad78aaa4f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f90820acab44637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7640be53b24434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a00726ed7b4bb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HighGrowthInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RED5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>