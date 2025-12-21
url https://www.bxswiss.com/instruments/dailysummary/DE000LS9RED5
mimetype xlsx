--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c74cbdd12984ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra656f9d8612a47ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a00726ed7b4bb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3065d9a61b4483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7640be53b24434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a00726ed7b4bb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc5b90e22f940c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3065d9a61b4483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HighGrowthInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RED5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,322</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>