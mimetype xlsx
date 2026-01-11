--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra656f9d8612a47ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d6f1491b2d4098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3065d9a61b4483d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22880457c2db42e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc5b90e22f940c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3065d9a61b4483d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51f9692f3b8140e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22880457c2db42e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HighGrowthInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RED5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>