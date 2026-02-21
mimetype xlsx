--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d6f1491b2d4098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83100f39036b42ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22880457c2db42e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c0e9453d774f4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51f9692f3b8140e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22880457c2db42e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712b9538e4e84aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c0e9453d774f4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HighGrowthInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RED5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,846</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>