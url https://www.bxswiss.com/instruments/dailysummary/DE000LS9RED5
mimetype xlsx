--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83100f39036b42ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9141a6403844e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c0e9453d774f4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d9da606f6b402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712b9538e4e84aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c0e9453d774f4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be1bd2b1401432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d9da606f6b402b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HighGrowthInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RED5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>