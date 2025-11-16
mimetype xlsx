--- v0 (2025-10-25)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ec90240fde4464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765273c9041e46eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd82b37ba254f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R086fa1ec40cd40f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ca68c139e645aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd82b37ba254f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2b42f53c3f4a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R086fa1ec40cd40f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Medizintechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>