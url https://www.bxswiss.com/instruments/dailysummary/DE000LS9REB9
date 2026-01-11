--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765273c9041e46eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e8cfaafd16044fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R086fa1ec40cd40f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6bb3af752d14e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2b42f53c3f4a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R086fa1ec40cd40f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b20a542947a44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6bb3af752d14e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Medizintechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>57,123</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>