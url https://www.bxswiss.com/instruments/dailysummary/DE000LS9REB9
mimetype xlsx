--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e8cfaafd16044fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6739dd71b246ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6bb3af752d14e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fda6005bb704843"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b20a542947a44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6bb3af752d14e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550768ff74c34d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fda6005bb704843" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Medizintechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>61,639</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>