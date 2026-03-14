--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6739dd71b246ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b6466d251f4654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fda6005bb704843"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdead37d38c4448e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550768ff74c34d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fda6005bb704843" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99703ceefaab4ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdead37d38c4448e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Medizintechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>