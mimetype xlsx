--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd49c07e2f0474604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8be643ccfac44f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810c345768f04abd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfa35a7d23e14c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c69f251ffd54ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810c345768f04abd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85c9df9a62b4ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfa35a7d23e14c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Erneuerbare Energien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>76,002</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>