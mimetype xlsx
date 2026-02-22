--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8be643ccfac44f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd3902defa524d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfa35a7d23e14c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1542230697f84aad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85c9df9a62b4ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfa35a7d23e14c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a08d9c574f4e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1542230697f84aad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Erneuerbare Energien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>83,293</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>