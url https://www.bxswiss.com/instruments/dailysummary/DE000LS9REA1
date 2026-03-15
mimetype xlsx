--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd3902defa524d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaef80e183a549dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1542230697f84aad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b66a058c3146e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a08d9c574f4e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1542230697f84aad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88cf9dac0fa48c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b66a058c3146e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Erneuerbare Energien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,462 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...410 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,051</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>