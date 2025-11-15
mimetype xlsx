--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca1f1bea0d4480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cdd870b6492472f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf85a2ab07a864917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145aec139f2c4246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7869b08971ad4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf85a2ab07a864917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcc7489a32947e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145aec139f2c4246" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dekarbonisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>