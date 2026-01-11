--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cdd870b6492472f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa5cd805a3c43bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145aec139f2c4246"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce26a0f479764707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcc7489a32947e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145aec139f2c4246" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R006c1206542a41f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce26a0f479764707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dekarbonisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>71,137</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>