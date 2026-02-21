--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa5cd805a3c43bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3d7ff47f784c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce26a0f479764707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c6a21928b6543f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R006c1206542a41f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce26a0f479764707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R742f1bc30dca43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c6a21928b6543f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dekarbonisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>80,235</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>