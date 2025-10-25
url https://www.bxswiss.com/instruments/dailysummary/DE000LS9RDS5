--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19268131e7047ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde91b46acec14f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4d0006b6b0425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4822e19d66414e22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R614ff0d6932e47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4d0006b6b0425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e79be59e5c405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4822e19d66414e22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig erneuerbare Energien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>74,567</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,399</x:t>
-[...80 lines deleted...]
-          <x:t>74,512</x:t>
+          <x:t>74,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,566</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>74,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,538</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>74,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>