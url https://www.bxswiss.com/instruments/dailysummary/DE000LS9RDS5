--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde91b46acec14f6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabab8712d66442c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4822e19d66414e22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6941aef1b5a4e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e79be59e5c405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4822e19d66414e22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf017a59e8eb4b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6941aef1b5a4e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig erneuerbare Energien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,727</x:t>
-[...107 lines deleted...]
-          <x:t>74,661</x:t>
+          <x:t>74,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,496</x:t>
-[...43 lines deleted...]
-          <x:t>74,317</x:t>
+          <x:t>74,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,190</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>73,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>