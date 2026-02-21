--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabab8712d66442c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c6f4d545c864674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6941aef1b5a4e3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d6fbd7d0d394b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf017a59e8eb4b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6941aef1b5a4e3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5930444211f4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d6fbd7d0d394b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig erneuerbare Energien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>74,134</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,122</x:t>
-[...53 lines deleted...]
-          <x:t>74,190</x:t>
+          <x:t>73,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>