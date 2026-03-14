--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c6f4d545c864674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34ef2098b694f40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d6fbd7d0d394b45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae34ed265dad4274"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5930444211f4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d6fbd7d0d394b45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R957275750fb9461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae34ed265dad4274" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig erneuerbare Energien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>