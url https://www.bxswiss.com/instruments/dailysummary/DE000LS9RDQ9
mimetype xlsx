--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a53567f1f04e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84842969302942c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97d9e525d22c496d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d37cf850c3945c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43de055a597f426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97d9e525d22c496d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5fe973ef8c14af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d37cf850c3945c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CLEANTECH Saubere Energie Umwelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>