--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84842969302942c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ed081515284257" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d37cf850c3945c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978112ebef5442c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5fe973ef8c14af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d37cf850c3945c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1585ed5117b64d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978112ebef5442c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CLEANTECH Saubere Energie Umwelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>74,564</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>