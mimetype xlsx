--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ed081515284257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336e6a6aa2c5491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978112ebef5442c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b41e4549c8a4281"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1585ed5117b64d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978112ebef5442c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d6cab9986544bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b41e4549c8a4281" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CLEANTECH Saubere Energie Umwelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>