--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336e6a6aa2c5491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R622b9eabed2e403c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b41e4549c8a4281"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc9ae00348f41fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d6cab9986544bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b41e4549c8a4281" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc53ca1e0c1c24b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc9ae00348f41fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CLEANTECH Saubere Energie Umwelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>76,979</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,852</x:t>
-[...355 lines deleted...]
-          <x:t>77,278</x:t>
+          <x:t>77,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>