--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R622b9eabed2e403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc93d7cfcd55144f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc9ae00348f41fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7a39cb000ae4043"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc53ca1e0c1c24b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc9ae00348f41fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce3e5a2468d24d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7a39cb000ae4043" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CLEANTECH Saubere Energie Umwelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,917</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>12.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,515</x:t>
-[...171 lines deleted...]
-          <x:t>74,957</x:t>
+          <x:t>75,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>