--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4158cb4e514e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f955cf74184197" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a8070c6e2a4332"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c75a469b7a4e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275b6306397446c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a8070c6e2a4332" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ad9231c7a248af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c75a469b7a4e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleitertechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>