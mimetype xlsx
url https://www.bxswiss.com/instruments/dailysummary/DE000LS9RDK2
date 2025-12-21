--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f955cf74184197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1587b19c2c884300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c75a469b7a4e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f889630e5c4da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ad9231c7a248af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c75a469b7a4e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f965ba37924af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f889630e5c4da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleitertechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>414,624</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>409,575</x:t>
-[...139 lines deleted...]
-          <x:t>448,534</x:t>
+          <x:t>400,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>