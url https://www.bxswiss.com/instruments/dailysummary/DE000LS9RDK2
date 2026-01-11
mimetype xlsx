--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1587b19c2c884300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14470886eba4954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f889630e5c4da3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30f70518e0d348c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f965ba37924af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f889630e5c4da3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e565df7e30b4a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30f70518e0d348c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleitertechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>