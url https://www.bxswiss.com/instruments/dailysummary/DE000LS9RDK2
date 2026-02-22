--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14470886eba4954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra054f47faf054711" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30f70518e0d348c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b57e47d96fe4aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e565df7e30b4a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30f70518e0d348c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b42cd87a8564bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b57e47d96fe4aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleitertechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>438,673</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>