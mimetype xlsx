--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1555a6ccfd6f48e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb91bd7a51ab04b8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86aa4e646949457f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4c182ed6f24df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd8b1d2fa9ce4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86aa4e646949457f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17b8b171aa7a46c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4c182ed6f24df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>120,448</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>