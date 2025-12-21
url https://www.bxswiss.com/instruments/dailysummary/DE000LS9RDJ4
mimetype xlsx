--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb91bd7a51ab04b8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e9426196f7472e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4c182ed6f24df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re23499ee8dd14dda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17b8b171aa7a46c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4c182ed6f24df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f3ca9b1197a4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re23499ee8dd14dda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>119,991</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...397 lines deleted...]
-          <x:t>117,515</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>