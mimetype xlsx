--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e9426196f7472e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22bc30146040402c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re23499ee8dd14dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48f51ace18ed4d63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f3ca9b1197a4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re23499ee8dd14dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43638569e219406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48f51ace18ed4d63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>121,049</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,143</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,224</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>