--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22bc30146040402c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reac16228929a4969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48f51ace18ed4d63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd5b56efa6364a0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43638569e219406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48f51ace18ed4d63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e8230341fe4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd5b56efa6364a0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>121,143</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,461</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>124,506</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>