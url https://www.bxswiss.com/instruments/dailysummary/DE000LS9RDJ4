--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reac16228929a4969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86c79f049e4a4e13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd5b56efa6364a0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8162967840a5425a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e8230341fe4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd5b56efa6364a0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074d79962e5f480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8162967840a5425a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>