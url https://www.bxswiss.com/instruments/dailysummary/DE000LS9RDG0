--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ecc1ef845d94173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda88513560d84a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R007fffb3c97d4d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffe3fc987794583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e2daaa998524926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R007fffb3c97d4d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda220293b6c14da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffe3fc987794583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Makrotrends und Marktchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>