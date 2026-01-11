--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda88513560d84a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9872403cd25476b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffe3fc987794583"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R101b645c9d344f64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda220293b6c14da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffe3fc987794583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd22c7977035643a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R101b645c9d344f64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Makrotrends und Marktchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,607</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>