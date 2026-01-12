--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9872403cd25476b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ef27c7cb2c34581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R101b645c9d344f64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5faccee7ca549cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd22c7977035643a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R101b645c9d344f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d71ee05e03f4770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5faccee7ca549cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Makrotrends und Marktchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>