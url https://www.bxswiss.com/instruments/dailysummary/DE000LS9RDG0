--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ef27c7cb2c34581" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aa30df74e534604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5faccee7ca549cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc1a44c08f54325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d71ee05e03f4770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5faccee7ca549cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e9fd4c895a48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc1a44c08f54325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Makrotrends und Marktchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>198,786</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>