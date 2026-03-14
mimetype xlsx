--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aa30df74e534604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9bf90c09b64797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc1a44c08f54325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e4fb3e700e473a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e9fd4c895a48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc1a44c08f54325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6420e310794742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e4fb3e700e473a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Makrotrends und Marktchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>