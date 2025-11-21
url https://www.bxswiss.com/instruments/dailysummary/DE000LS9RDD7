--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc90d28fd5ac457d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3ac5657710b498a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbffcf6a2b93948da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ddc1ed6aaf4e2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d615dc4b95a4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbffcf6a2b93948da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37034af0355542fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ddc1ed6aaf4e2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>339,324</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>