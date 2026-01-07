--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3ac5657710b498a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fd9d65d9167458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ddc1ed6aaf4e2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24154de2562c46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37034af0355542fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ddc1ed6aaf4e2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb11fbc4a59496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24154de2562c46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>344,487</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>