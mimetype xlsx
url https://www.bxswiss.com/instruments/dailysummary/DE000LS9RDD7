--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fd9d65d9167458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf082ffe9e9b84ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24154de2562c46db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b58b5a1aeb043f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb11fbc4a59496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24154de2562c46db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38e915f2705e41e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b58b5a1aeb043f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>337,768</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>