--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf082ffe9e9b84ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b330b61f67b4c12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b58b5a1aeb043f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7923b188ccc474f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38e915f2705e41e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b58b5a1aeb043f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40b900bdede43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7923b188ccc474f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>319,995</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,906</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>315,913</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>