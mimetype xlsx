--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a3c36ea3d94ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd399be8d6a8745f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4fe910107d34afc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dac949f6e7c4686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R141b830cae1547eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4fe910107d34afc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20fbeef569e84408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dac949f6e7c4686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Seitwaerts Trading regelbasiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>57,350</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>