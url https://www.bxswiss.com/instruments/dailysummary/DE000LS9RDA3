--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd399be8d6a8745f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb92d02fa79154e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dac949f6e7c4686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31653d63b77746fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20fbeef569e84408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dac949f6e7c4686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra34f4850a9214828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31653d63b77746fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Seitwaerts Trading regelbasiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...301 lines deleted...]
-          <x:t>55,949</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,849</x:t>
-[...301 lines deleted...]
-          <x:t>55,153</x:t>
+          <x:t>56,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>