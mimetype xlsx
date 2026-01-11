--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb92d02fa79154e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b89b7d5f8848ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31653d63b77746fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c82aad72844dea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra34f4850a9214828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31653d63b77746fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3af5eaa8136041da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c82aad72844dea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Seitwaerts Trading regelbasiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>56,186</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,171</x:t>
-[...16 lines deleted...]
-          <x:t>56,186</x:t>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,171</x:t>
-[...193 lines deleted...]
-          <x:t>56,048</x:t>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>