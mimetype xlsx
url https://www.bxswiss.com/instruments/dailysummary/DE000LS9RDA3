--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b89b7d5f8848ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra577c9dc66744baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c82aad72844dea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ab99229b8a24566"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3af5eaa8136041da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c82aad72844dea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6393da5253fd47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ab99229b8a24566" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Seitwaerts Trading regelbasiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>56,596</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,311</x:t>
-[...75 lines deleted...]
-          <x:t>56,011</x:t>
+          <x:t>56,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,048</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>56,857</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>