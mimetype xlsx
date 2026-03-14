--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra577c9dc66744baa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dcf86b504dc4510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ab99229b8a24566"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239923b3a4b9411b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6393da5253fd47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ab99229b8a24566" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccaa9f884a5e4f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239923b3a4b9411b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Seitwaerts Trading regelbasiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>