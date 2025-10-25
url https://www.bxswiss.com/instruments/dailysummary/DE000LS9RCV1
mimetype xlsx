--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4e88cbd37a415f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210166b016b54037" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36f740bed0954d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10950a5d3ddb40c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra647fb90cb354dfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36f740bed0954d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra14dec2a08e14040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10950a5d3ddb40c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektive Diversifikation Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>