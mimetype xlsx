--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210166b016b54037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ab2d7980a443e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10950a5d3ddb40c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a0864ac7684572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra14dec2a08e14040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10950a5d3ddb40c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d1469173544236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a0864ac7684572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektive Diversifikation Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>113,730</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>