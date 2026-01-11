--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ab2d7980a443e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9cb9d00d034402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a0864ac7684572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37adce741b7b4835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d1469173544236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a0864ac7684572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66235a20fb844a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37adce741b7b4835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektive Diversifikation Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>