--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9cb9d00d034402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6965c434d6314dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37adce741b7b4835"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b9889df95a746ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66235a20fb844a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37adce741b7b4835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb161b4402c4942f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b9889df95a746ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektive Diversifikation Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>115,283</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>