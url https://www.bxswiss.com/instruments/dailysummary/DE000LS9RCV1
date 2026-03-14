--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6965c434d6314dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737256410ef34597" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b9889df95a746ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re642eb5671e047c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb161b4402c4942f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b9889df95a746ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R019ffcbd0c0e45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re642eb5671e047c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektive Diversifikation Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>109,390</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,246</x:t>
-[...53 lines deleted...]
-          <x:t>108,545</x:t>
+          <x:t>109,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,202</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,664</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>