--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R388de361c98c4837" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a330005f65d4f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re61e801346df452f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e3dce6e628b4689"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c185e83420e4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re61e801346df452f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca62650073f8403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e3dce6e628b4689" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Airborn Deep Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>113,660</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>