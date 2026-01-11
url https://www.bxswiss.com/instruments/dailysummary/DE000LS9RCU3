--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a330005f65d4f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13eca174a35d4537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e3dce6e628b4689"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c599046295643ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca62650073f8403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e3dce6e628b4689" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168f237065c84a53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c599046295643ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Airborn Deep Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>