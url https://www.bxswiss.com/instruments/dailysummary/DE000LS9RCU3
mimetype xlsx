--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13eca174a35d4537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067fdf8262e34d20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c599046295643ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R318086821a304b4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168f237065c84a53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c599046295643ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd241be2c21f8420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R318086821a304b4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Airborn Deep Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>122,741</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>