--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067fdf8262e34d20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R046e282f2ecb432f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R318086821a304b4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ea33896a5574492"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd241be2c21f8420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R318086821a304b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda801a7fdaa4db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ea33896a5574492" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Airborn Deep Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>125,540</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,900</x:t>
-[...420 lines deleted...]
-        <x:is>
           <x:t>125,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,057</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>