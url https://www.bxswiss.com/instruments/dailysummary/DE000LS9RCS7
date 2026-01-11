--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R542818f3d5af4ce4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb23b2c002674058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c3e98b16910406c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17804b70bac145e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71e361645c654e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c3e98b16910406c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab0f4b3d0d04b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17804b70bac145e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konnektivitaet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>46,720</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>