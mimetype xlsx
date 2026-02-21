--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb23b2c002674058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d4da74ce65421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17804b70bac145e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07cc2f2b4d34061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab0f4b3d0d04b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17804b70bac145e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc3bd3be0613434e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07cc2f2b4d34061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konnektivitaet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>45,540</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>45,649</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,406</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>46,172</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>