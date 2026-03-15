--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d4da74ce65421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82e9c42118a4a39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07cc2f2b4d34061"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b3944c9c15f413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc3bd3be0613434e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07cc2f2b4d34061" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49612538c3aa4726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b3944c9c15f413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konnektivitaet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>