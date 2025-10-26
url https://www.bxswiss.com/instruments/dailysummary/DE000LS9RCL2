--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5beea50d22f4837" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c6d3ce21664a66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb19ee8212ff427f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d482a4731344c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733fd3792dba4aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb19ee8212ff427f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R339574143ebd493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d482a4731344c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Veganismus und Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>77,589</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,579</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>77,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,327</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>