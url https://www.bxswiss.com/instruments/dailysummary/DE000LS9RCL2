--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c6d3ce21664a66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106bd6c80e7d45eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d482a4731344c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97c540e1bae44705"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R339574143ebd493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d482a4731344c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27ba01fc76984fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97c540e1bae44705" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Veganismus und Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,819</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>