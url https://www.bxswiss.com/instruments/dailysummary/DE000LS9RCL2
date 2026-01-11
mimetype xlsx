--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106bd6c80e7d45eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5a08832e3540e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97c540e1bae44705"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f2dd242661c4fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27ba01fc76984fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97c540e1bae44705" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34436b0917ad48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f2dd242661c4fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Veganismus und Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>