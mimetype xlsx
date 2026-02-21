--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5a08832e3540e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a7802d051b441e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f2dd242661c4fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91c2a025bcef432e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34436b0917ad48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f2dd242661c4fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5856723cac4327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91c2a025bcef432e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Veganismus und Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,667</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>