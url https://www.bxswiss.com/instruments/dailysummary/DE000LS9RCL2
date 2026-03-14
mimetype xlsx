--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a7802d051b441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07bd69999e084662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91c2a025bcef432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf413cba79204cdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5856723cac4327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91c2a025bcef432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8664d7f07424433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf413cba79204cdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Veganismus und Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>95,494</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,683</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...354 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>