--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46ae115c4b4e4a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de697f7eb274fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d7323a0ff84389"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc5afc9dd4740f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf5cb5e8dff4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d7323a0ff84389" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eba9b7a346a4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc5afc9dd4740f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>