--- v1 (2025-10-26)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de697f7eb274fe0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb793038f3634b97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc5afc9dd4740f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eb6aef8967b4f3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eba9b7a346a4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc5afc9dd4740f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R352131afdb094182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eb6aef8967b4f3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>46,228</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>