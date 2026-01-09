--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb793038f3634b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a381cfe9c741f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eb6aef8967b4f3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a3886d9c474cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R352131afdb094182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eb6aef8967b4f3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7092ced2a8d4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a3886d9c474cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>