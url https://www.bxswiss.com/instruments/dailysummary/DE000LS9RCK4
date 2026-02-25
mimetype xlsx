--- v3 (2026-01-09)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a381cfe9c741f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd27d19993c4902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a3886d9c474cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25237e55c0a44564"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7092ced2a8d4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a3886d9c474cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16ac3690d2c546da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25237e55c0a44564" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>68,108</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>