--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd27d19993c4902" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3efd7a8afb104314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25237e55c0a44564"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b390d752e9b43d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16ac3690d2c546da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25237e55c0a44564" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R294dd8e5f5e84186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b390d752e9b43d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,486</x:t>
-[...414 lines deleted...]
-          <x:t>73,632</x:t>
+          <x:t>67,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>