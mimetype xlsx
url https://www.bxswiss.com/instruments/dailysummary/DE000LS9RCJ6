--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re34fdc1bdbfb49e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243ec4e577e647ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb989b44fc54866"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8786eb752524c35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad7de71a6a2949f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb989b44fc54866" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a22f6e241f34c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8786eb752524c35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>