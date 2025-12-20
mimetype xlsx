--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243ec4e577e647ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bcae87c57824a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8786eb752524c35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28ee090f749f49f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a22f6e241f34c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8786eb752524c35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc281c15b394500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28ee090f749f49f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>151,264</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,182</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>153,472</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>