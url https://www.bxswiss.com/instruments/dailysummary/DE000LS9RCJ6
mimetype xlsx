--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bcae87c57824a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2976b36b8ff34fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28ee090f749f49f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfec57f606dd34157"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc281c15b394500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28ee090f749f49f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00045d2922cd409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfec57f606dd34157" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>