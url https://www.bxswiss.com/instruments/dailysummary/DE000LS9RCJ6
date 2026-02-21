--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2976b36b8ff34fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e88ef662564300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfec57f606dd34157"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a7b4ce66c440ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00045d2922cd409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfec57f606dd34157" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067ebb205ac549d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a7b4ce66c440ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>156,814</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>