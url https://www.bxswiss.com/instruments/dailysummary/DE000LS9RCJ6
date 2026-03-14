--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e88ef662564300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0332b4218d4373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a7b4ce66c440ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0183bd5dfe2948e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067ebb205ac549d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a7b4ce66c440ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reac1b82849fd4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0183bd5dfe2948e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>