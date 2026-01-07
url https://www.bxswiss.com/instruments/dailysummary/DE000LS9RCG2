--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60932e977be34291" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8510676fdb4a95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5964a4cf7e2a4f42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c6853385a5440c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c876fb04824d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5964a4cf7e2a4f42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fc3e48fbeb04524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c6853385a5440c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E- Mobilitity selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>186,243</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>