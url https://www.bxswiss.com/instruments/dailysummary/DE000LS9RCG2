--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8510676fdb4a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7beabc0f6ac844bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c6853385a5440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1ef9a227ad2492f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fc3e48fbeb04524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c6853385a5440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fa2bed9045a4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1ef9a227ad2492f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E- Mobilitity selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>178,305</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>