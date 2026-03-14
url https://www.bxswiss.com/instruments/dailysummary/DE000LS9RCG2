--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7beabc0f6ac844bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8972563182e642a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1ef9a227ad2492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8e5496ae3e64c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fa2bed9045a4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1ef9a227ad2492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R761a816989234ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8e5496ae3e64c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E- Mobilitity selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>179,353</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,885</x:t>
-[...431 lines deleted...]
-          <x:t>171,393</x:t>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>