--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f03f2cbbda74ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93217c3ddfa04adf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra34488355e194531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf161c9d7207426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9b3e085fb58409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra34488355e194531" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031caeb6306f46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf161c9d7207426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologiewerte Coronaeinstieg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>