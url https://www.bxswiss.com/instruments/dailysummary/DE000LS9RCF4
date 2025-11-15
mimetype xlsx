--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93217c3ddfa04adf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73636068d5ff4294" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf161c9d7207426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eb3730ffc0546ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031caeb6306f46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf161c9d7207426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e1ed0cbe00b488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eb3730ffc0546ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologiewerte Coronaeinstieg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>