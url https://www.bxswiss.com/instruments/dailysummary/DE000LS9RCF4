--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73636068d5ff4294" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8ea1974a9f455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eb3730ffc0546ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R890dd2d8fe404b91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e1ed0cbe00b488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eb3730ffc0546ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd61945f3224fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R890dd2d8fe404b91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologiewerte Coronaeinstieg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,259</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>