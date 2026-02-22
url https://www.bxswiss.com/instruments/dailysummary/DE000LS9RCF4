--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8ea1974a9f455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd761e0bbb64809" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R890dd2d8fe404b91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb4cd0ba33248e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd61945f3224fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R890dd2d8fe404b91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ae27e3cfc243f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb4cd0ba33248e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologiewerte Coronaeinstieg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>172,269</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>