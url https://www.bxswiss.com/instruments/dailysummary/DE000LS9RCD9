--- v0 (2025-10-24)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1b8d6765a14c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab671e837e2c4b1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89485798283d4b7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re21b472fd35c4f74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458b3c140321456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89485798283d4b7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R658745fec23e4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re21b472fd35c4f74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround von gefallenen Engel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>110,973</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,259</x:t>
-[...269 lines deleted...]
-          <x:t>107,187</x:t>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>