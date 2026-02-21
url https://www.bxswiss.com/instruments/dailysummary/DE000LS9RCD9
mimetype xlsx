--- v1 (2026-01-06)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab671e837e2c4b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fcb835697b437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re21b472fd35c4f74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf35ccfb34cfd42d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R658745fec23e4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re21b472fd35c4f74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a5f09a868fd43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf35ccfb34cfd42d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround von gefallenen Engel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>110,129</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>