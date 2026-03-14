--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fcb835697b437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9fcc41eac1043fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf35ccfb34cfd42d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf267023acbb64947"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a5f09a868fd43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf35ccfb34cfd42d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33fcac0a62eb4ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf267023acbb64947" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround von gefallenen Engel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>