--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc820a27f8f54739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa468d7b1e146a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb199b0b59064370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e1c25eb7b3d4cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd928b0d504435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb199b0b59064370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R948a00f8a94d42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e1c25eb7b3d4cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neo-Oekologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,307</x:t>
-[...90 lines deleted...]
-          <x:t>98,555</x:t>
+          <x:t>102,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>