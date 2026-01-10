--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa468d7b1e146a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5177b5196d4230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e1c25eb7b3d4cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb363f3d7724629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R948a00f8a94d42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e1c25eb7b3d4cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde82be90e78c41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb363f3d7724629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neo-Oekologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>