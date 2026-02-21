--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5177b5196d4230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ea286e8f514994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb363f3d7724629"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fabe77d9eab4de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde82be90e78c41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb363f3d7724629" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7bf128db1be4c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fabe77d9eab4de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neo-Oekologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>109,417</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,834</x:t>
-[...43 lines deleted...]
-          <x:t>108,053</x:t>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,541</x:t>
-[...4 lines deleted...]
-          <x:t>108,363</x:t>
+          <x:t>109,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>