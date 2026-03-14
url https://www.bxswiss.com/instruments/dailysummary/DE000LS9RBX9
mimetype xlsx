--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ea286e8f514994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846d838c54fc4d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fabe77d9eab4de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca524ecbce994552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7bf128db1be4c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fabe77d9eab4de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8754739f30854deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca524ecbce994552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neo-Oekologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>