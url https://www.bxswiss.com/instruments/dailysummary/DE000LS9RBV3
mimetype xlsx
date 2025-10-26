--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10577438cfd64a74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057318ea3ced4429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d555340362c473a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R353a6de6aa6b4d1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb861d33d3d455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d555340362c473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc356fe9308fb463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R353a6de6aa6b4d1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low Volatility HEALTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>