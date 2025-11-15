--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057318ea3ced4429" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8de75be819b4967" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R353a6de6aa6b4d1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1676ec7643c43b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc356fe9308fb463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R353a6de6aa6b4d1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ca6c99eb374efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1676ec7643c43b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low Volatility HEALTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>