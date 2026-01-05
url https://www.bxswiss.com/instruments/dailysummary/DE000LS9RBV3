--- v2 (2025-11-15)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8de75be819b4967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e57027328464f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1676ec7643c43b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd5709e4aa04195"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ca6c99eb374efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1676ec7643c43b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e4135c1d974a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd5709e4aa04195" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low Volatility HEALTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,056</x:t>
-[...4 lines deleted...]
-          <x:t>80,134</x:t>
+          <x:t>80,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,917</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>77,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>