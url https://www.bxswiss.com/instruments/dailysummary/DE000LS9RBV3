--- v3 (2026-01-05)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e57027328464f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b67310f729845c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd5709e4aa04195"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53d2afae1c55401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e4135c1d974a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd5709e4aa04195" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2021f1e1090c42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53d2afae1c55401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low Volatility HEALTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>81,866</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>