--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b67310f729845c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462173033d434575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53d2afae1c55401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89b9f8d427c64fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2021f1e1090c42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53d2afae1c55401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b4b3b35f27d4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89b9f8d427c64fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low Volatility HEALTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>76,258</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,064</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>74,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>