--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2b16039eec944df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R397404a635f5491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb126c7852021415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9322f3fd930645e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5079d20ed7c0433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb126c7852021415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2db24553d2e41c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9322f3fd930645e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GREEN WORLD WDT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>