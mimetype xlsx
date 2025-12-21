--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R397404a635f5491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d75245776c4722" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9322f3fd930645e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11de205c1c2842b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2db24553d2e41c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9322f3fd930645e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74502a3b0d1b42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11de205c1c2842b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GREEN WORLD WDT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>70,054</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,968</x:t>
-[...65 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>70,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,643</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>70,009</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,996</x:t>
+          <x:t>69,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>