--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d75245776c4722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12d9b68d4e44c2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11de205c1c2842b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R066c1515de6c4d3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74502a3b0d1b42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11de205c1c2842b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec8b2c491cb4300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R066c1515de6c4d3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GREEN WORLD WDT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,161</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>70,178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,451</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>