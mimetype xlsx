--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12d9b68d4e44c2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re723862c12c94bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R066c1515de6c4d3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6804e98c7974dae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec8b2c491cb4300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R066c1515de6c4d3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f0ca4d570940d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6804e98c7974dae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GREEN WORLD WDT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>72,498</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>