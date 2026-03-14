--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re723862c12c94bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c536d1f8e5f426f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6804e98c7974dae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7cba0d1a1c4cb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f0ca4d570940d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6804e98c7974dae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R110a5fc3a1ff4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7cba0d1a1c4cb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GREEN WORLD WDT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,633 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...67 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,139</x:t>
-[...48 lines deleted...]
-          <x:t>72,590</x:t>
+          <x:t>73,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,263</x:t>
-[...463 lines deleted...]
-          <x:t>73,844</x:t>
+          <x:t>73,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>