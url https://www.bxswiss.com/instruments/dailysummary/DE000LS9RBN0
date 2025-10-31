--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb370ad3966c482a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38dea7740eea4a04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19532ca249564962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924cc48817934bb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9958b7f9261c4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19532ca249564962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45f81ff58f6640d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924cc48817934bb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>112,110</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,743</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>111,116</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>