--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38dea7740eea4a04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32855e113984f61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924cc48817934bb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re73fe1e63dbf4fc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45f81ff58f6640d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924cc48817934bb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc037f4b904094636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re73fe1e63dbf4fc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>111,084</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,318</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>111,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,743</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,010</x:t>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>