--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32855e113984f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8c18d0918b4da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re73fe1e63dbf4fc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dcad08f34574878"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc037f4b904094636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re73fe1e63dbf4fc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee54e4244164970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dcad08f34574878" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>