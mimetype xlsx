--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8c18d0918b4da4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb2d01a857ac4f2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dcad08f34574878"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cb36b2e8b14429b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee54e4244164970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dcad08f34574878" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44dade388fa644f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cb36b2e8b14429b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>