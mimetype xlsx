--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb2d01a857ac4f2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292054db4d3a4e1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cb36b2e8b14429b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf1a69bf948a45dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44dade388fa644f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cb36b2e8b14429b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16a1d559cf5463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf1a69bf948a45dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,159</x:t>
-[...306 lines deleted...]
-          <x:t>117,458</x:t>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>