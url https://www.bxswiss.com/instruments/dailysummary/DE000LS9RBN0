--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292054db4d3a4e1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0f144098d9424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf1a69bf948a45dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b8dfb8e0c194753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16a1d559cf5463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf1a69bf948a45dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ddbf144b2143f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b8dfb8e0c194753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>