--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea998d7ea3f74605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f2c6cfc7c44c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51b0b29ab6814eca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc73f9543070543df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01deae29ba7344e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51b0b29ab6814eca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4134f89fe13f4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc73f9543070543df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>