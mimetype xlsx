--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f2c6cfc7c44c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5787dd69a7da48f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc73f9543070543df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6f43192d1b4cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4134f89fe13f4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc73f9543070543df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79116de2cc4b46f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6f43192d1b4cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>