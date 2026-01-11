--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5787dd69a7da48f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ab6ad7ea53c403b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6f43192d1b4cfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21620d6762374570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79116de2cc4b46f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6f43192d1b4cfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61dfe27830b4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21620d6762374570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>