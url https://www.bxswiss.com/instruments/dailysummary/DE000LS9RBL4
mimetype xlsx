--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ab6ad7ea53c403b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88515cade5314e24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21620d6762374570"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8300d083a34a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61dfe27830b4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21620d6762374570" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34876952ac9c4634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8300d083a34a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>211,654</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,352</x:t>
-[...431 lines deleted...]
-          <x:t>215,649</x:t>
+          <x:t>210,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>