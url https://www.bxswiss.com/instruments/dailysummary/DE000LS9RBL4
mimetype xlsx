--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88515cade5314e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62e7eb686b64921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8300d083a34a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bb23fa7c95d4db8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34876952ac9c4634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8300d083a34a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c2eb16ba45a46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bb23fa7c95d4db8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>213,093</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,007</x:t>
-[...404 lines deleted...]
-          <x:t>208,965</x:t>
+          <x:t>211,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>