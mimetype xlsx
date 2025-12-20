--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14aaba9ce0ea4bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb352512abd4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra63cdcca644d4cc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e5bf4794cc413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d05bc8959774643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra63cdcca644d4cc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7482fea88740e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e5bf4794cc413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE DRONE TECH Weltall Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>179,063</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,977</x:t>
-[...274 lines deleted...]
-          <x:t>199,408</x:t>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>