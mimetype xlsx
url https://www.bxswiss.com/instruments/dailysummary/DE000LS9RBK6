--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb352512abd4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4aa8bd891842d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e5bf4794cc413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbcb51c4c6174287"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7482fea88740e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e5bf4794cc413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a49a06198804019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbcb51c4c6174287" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE DRONE TECH Weltall Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,586 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>180,105</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>