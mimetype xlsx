--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4aa8bd891842d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6d9587dcb84830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbcb51c4c6174287"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c5b6195d6a48c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a49a06198804019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbcb51c4c6174287" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87eedbc29ed0478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c5b6195d6a48c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE DRONE TECH Weltall Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,368 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...316 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -704,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>