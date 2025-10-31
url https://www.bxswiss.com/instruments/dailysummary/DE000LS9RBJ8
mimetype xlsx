--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff94ccc5fb04548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra230394155194dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e5422111dd04870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf61522f64e4dc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd879fbb3c0c144cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e5422111dd04870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec60eb6523af4d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf61522f64e4dc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bluechip Burggraben und Visionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>105,673</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,447</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>108,896</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>