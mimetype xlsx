--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra230394155194dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3738bea82e474d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf61522f64e4dc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb9c3eb45264a5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec60eb6523af4d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf61522f64e4dc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1fa891b4ab4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb9c3eb45264a5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bluechip Burggraben und Visionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>