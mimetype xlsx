--- v2 (2025-11-21)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3738bea82e474d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb928ac224b405d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb9c3eb45264a5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77641087cb244ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1fa891b4ab4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb9c3eb45264a5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a684bab3b554db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77641087cb244ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bluechip Burggraben und Visionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>107,593</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>105,976</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>