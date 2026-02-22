--- v3 (2026-01-09)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb928ac224b405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c517a42f10141e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77641087cb244ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4349900959064e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a684bab3b554db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77641087cb244ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ad5a0efa4b4a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4349900959064e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bluechip Burggraben und Visionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>111,645</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>