--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c517a42f10141e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0532027aca402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4349900959064e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eba6ad1551846e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ad5a0efa4b4a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4349900959064e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree63c48a1ef74ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eba6ad1551846e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bluechip Burggraben und Visionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>