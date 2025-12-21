--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853d3e01344d4bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R310a6ae069bd4f27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R623af82e68094b0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc648fea04249e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fb199a07a52470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R623af82e68094b0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc61111d4db44d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc648fea04249e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortschritt durch Innovationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>255,830</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>288,548</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>