--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R310a6ae069bd4f27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd156450132284c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc648fea04249e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6473355f93114cb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc61111d4db44d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc648fea04249e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5150893e4ad34b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6473355f93114cb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortschritt durch Innovationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>