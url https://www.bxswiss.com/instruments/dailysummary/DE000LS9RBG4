--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd156450132284c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf661e0c456374ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6473355f93114cb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce581ac5cdc4158"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5150893e4ad34b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6473355f93114cb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a22380f1a014829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce581ac5cdc4158" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortschritt durch Innovationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>288,969</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>