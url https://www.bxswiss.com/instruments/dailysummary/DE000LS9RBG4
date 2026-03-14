--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf661e0c456374ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c8bfb85f364719" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce581ac5cdc4158"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b0bbb1f109e42f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a22380f1a014829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce581ac5cdc4158" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc3d428c3fa4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b0bbb1f109e42f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortschritt durch Innovationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>