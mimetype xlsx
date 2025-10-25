--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd7333311dfc45cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b9687ee2b544de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8c9b943e9004c0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5054cea3ab1a4275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeb7a54c26004e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8c9b943e9004c0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfd6ef397ad94e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5054cea3ab1a4275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Biotech Genetic Genomic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>