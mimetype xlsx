--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b9687ee2b544de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb07cd0cf0154caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5054cea3ab1a4275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55615f4fe3404ca6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfd6ef397ad94e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5054cea3ab1a4275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2e031b7e8a4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55615f4fe3404ca6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Biotech Genetic Genomic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,475</x:t>
-[...279 lines deleted...]
-          <x:t>95,505</x:t>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>