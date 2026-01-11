--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb07cd0cf0154caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509aa8136b924240" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55615f4fe3404ca6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R908928f7525749c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2e031b7e8a4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55615f4fe3404ca6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef33d485c33455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R908928f7525749c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Biotech Genetic Genomic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>