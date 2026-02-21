--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509aa8136b924240" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe89bbe7b0e146e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R908928f7525749c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d2afc825aea465a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef33d485c33455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R908928f7525749c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87dfa4c0e71d4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d2afc825aea465a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Biotech Genetic Genomic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,573 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,226</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>