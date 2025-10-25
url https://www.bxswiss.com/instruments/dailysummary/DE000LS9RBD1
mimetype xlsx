--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba73bfaff94b4f1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704df31f8ab74871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R558aab87c83a484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a0ba6101d8e43eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ced1ce9a824711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R558aab87c83a484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c396270862a45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a0ba6101d8e43eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WasserstoffSpeed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>