--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704df31f8ab74871" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7def410deb4ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a0ba6101d8e43eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b84a59fddd451f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c396270862a45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a0ba6101d8e43eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef4e8b6914044bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b84a59fddd451f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WasserstoffSpeed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>