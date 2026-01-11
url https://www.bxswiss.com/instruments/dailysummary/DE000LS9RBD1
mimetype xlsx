--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7def410deb4ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe76dce748e40bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b84a59fddd451f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec6db3d226ec432f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef4e8b6914044bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b84a59fddd451f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b86ad1af07d47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec6db3d226ec432f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WasserstoffSpeed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>137,369</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>