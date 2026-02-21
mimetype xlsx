--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe76dce748e40bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29512cfdc3845b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec6db3d226ec432f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac68c47786964a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b86ad1af07d47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec6db3d226ec432f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0aa6d3b284e24b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac68c47786964a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WasserstoffSpeed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,049</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>