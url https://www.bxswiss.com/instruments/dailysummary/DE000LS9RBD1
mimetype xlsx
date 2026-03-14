--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29512cfdc3845b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ec8ada4e0640ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac68c47786964a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c34dce9b25145f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0aa6d3b284e24b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac68c47786964a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc2363b76ab4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c34dce9b25145f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WasserstoffSpeed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>