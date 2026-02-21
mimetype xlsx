--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001cf00c4309444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf5065c6c044622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eaece6b893e482b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e9172a19ad417f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3c8f6ba48724ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eaece6b893e482b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc005fd4385c4e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e9172a19ad417f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesellschaft von morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>124,930</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>