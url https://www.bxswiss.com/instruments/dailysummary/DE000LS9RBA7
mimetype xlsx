--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74b6549c8af74f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbc24fc255e4577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f50e57a90634f90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6692c0544acb448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e127f23a73b4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f50e57a90634f90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1614c3bc062e4959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6692c0544acb448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TF WORLD TECH TREND DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>85,919</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>20.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,438</x:t>
-[...117 lines deleted...]
-          <x:t>86,569</x:t>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>