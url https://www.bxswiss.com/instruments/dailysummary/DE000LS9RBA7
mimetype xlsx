--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbc24fc255e4577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9a5f4c659c42af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6692c0544acb448e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb271a2512c1c45bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1614c3bc062e4959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6692c0544acb448e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6573b3ad15254766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb271a2512c1c45bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TF WORLD TECH TREND DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>