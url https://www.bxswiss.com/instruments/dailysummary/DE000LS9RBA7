--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9a5f4c659c42af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6e29a0cd7a4a11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb271a2512c1c45bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99caa79de7d5458a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6573b3ad15254766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb271a2512c1c45bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81177a7d0abf49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99caa79de7d5458a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TF WORLD TECH TREND DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>87,746</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>