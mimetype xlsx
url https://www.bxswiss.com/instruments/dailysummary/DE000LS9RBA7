--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6e29a0cd7a4a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf7f9f42da44aa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99caa79de7d5458a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re43c8c8ff594469d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81177a7d0abf49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99caa79de7d5458a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R818c9753f53a4bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re43c8c8ff594469d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TF WORLD TECH TREND DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>