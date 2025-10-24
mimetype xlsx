--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751a37deb2a546b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a2345627ec4b93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91c3141c6d404e9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a999bc91c174b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff06f65fd014d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91c3141c6d404e9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4d39609d854083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a999bc91c174b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST Big Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>157,263</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,613</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>163,326</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>