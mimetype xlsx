--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a2345627ec4b93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a7ddbd4380453d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a999bc91c174b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85e5f0acbb34f31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4d39609d854083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a999bc91c174b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83cbf0cad0947dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85e5f0acbb34f31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST Big Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>159,256</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,146</x:t>
-[...220 lines deleted...]
-          <x:t>160,122</x:t>
+          <x:t>158,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>