--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a7ddbd4380453d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08de839cd4e74c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85e5f0acbb34f31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724c0dfc6d6b4aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83cbf0cad0947dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85e5f0acbb34f31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52bd79db3bc34189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724c0dfc6d6b4aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST Big Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>155,491</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>