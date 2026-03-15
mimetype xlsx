--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08de839cd4e74c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6acc428976914635" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724c0dfc6d6b4aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e53e9a3b367441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52bd79db3bc34189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724c0dfc6d6b4aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e41f79ce2c4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e53e9a3b367441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST Big Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>