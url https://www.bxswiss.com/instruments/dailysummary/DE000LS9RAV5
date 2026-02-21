--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ba2eb7200842d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ed9f90cf0e4f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47f4cc9d6f84358"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5de521a273b048fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6af2cb07f0984b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47f4cc9d6f84358" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87027ebc5493470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5de521a273b048fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NEXT STARS IN THE SKY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,072</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>