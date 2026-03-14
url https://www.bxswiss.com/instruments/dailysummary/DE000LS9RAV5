--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ed9f90cf0e4f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7507fd22ed5e43f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5de521a273b048fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91468e3d424244b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87027ebc5493470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5de521a273b048fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fd5c25c1984983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91468e3d424244b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NEXT STARS IN THE SKY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>88,801</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,502</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>